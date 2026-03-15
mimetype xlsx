--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -54,1773 +54,1773 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>ROBSON MOREIRA DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/648/emenda.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/648/emenda.pdf</t>
   </si>
   <si>
     <t>emenda do projeto de lei complementar 005/2023</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/650/emenda_aditiva_002_pccs.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/650/emenda_aditiva_002_pccs.pdf</t>
   </si>
   <si>
     <t>Concede gratificação no VALOR DE R$300,00 Reais aos funcionários efetivos dos cargos elementar e fundamental, não sendo permitida a cumulação de GRATIFICAÇÃO._x000D_
 PARAGRAFO ÚNICO: faz jus a gratificação o servidor que não tiver sofrido punição disciplinar nos últimos 36 (trinta e seis meses).</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/651/subemenda.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/651/subemenda.pdf</t>
   </si>
   <si>
     <t>Art 22_x000D_
 O INCISO VII PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 _x000D_
 Concede gratificação no VALOR DE R$ 300,00 aos funcionários efetivos e contratados dos cargos elementar e fundamental. E R$ 400,00 reais para os efetivos e contratados do ensino médio e superior._x000D_
 _x000D_
 _x000D_
 		._x000D_
 O restante da emenda 002/2023 permanece inalterado._x000D_
 Esta subemenda passa a vigorar na data de sua aprovação e publicação</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LUCAS NUNES DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_no_001_-_paliativo_na_linha_p2.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_no_001_-_paliativo_na_linha_p2.pdf</t>
   </si>
   <si>
     <t>Versando sobre a possibilidade de providenciar o reparo do trecho da Linha FP 02, devido ao estado do trecho citado</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_no_002_-_limpeza_de_ruas_e_avenidas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_no_002_-_limpeza_de_ruas_e_avenidas.pdf</t>
   </si>
   <si>
     <t>Versando sobre a limpeza das Ruas e Avenidas da sede do município.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>ELIAS ANDRIATO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_003-2023_elias.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_003-2023_elias.docx</t>
   </si>
   <si>
     <t>transporte para o deslocamento dos alunos de Querência do Norte.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/</t>
   </si>
   <si>
     <t>, vêem requerer um a limpeza da Praça e ruas e avenidas e assim como órgãos públicos do Distrito de Querencia do Norte.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_no005_rua_loudes_gonchorroski.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_no005_rua_loudes_gonchorroski.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, nos termos regimentais, para que junto ao setor competente providencie a passagem de motoniveladora e posterior cascalhamento na Rua Lourdes Gonchoroski.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_no006_rogerio1.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_no006_rogerio1.docx</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário municipal de educação que junto ao setor competente a elaboração de plano de Segurança nas escolas municipais</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no007_rogerio1.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no007_rogerio1.docx</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário ao setor competente a criação do auxílio transporte dos médicos.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_no008_elias.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_no008_elias.docx</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário ao setor competente a construção  de lombada.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_no009_vaiton.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_no009_vaiton.docx</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário ao setor competente o patrolamento e cascalhamento.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_no010_vaiton.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_no010_vaiton.docx</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário ao setor competente o serviço paliativo no morro da P4.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_no011_lucas.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_no011_lucas.docx</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário ao setor competente o serviço paliativo na linha 41 e linhas P01 e P02.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_no012.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_no012.pdf</t>
   </si>
   <si>
     <t>Paliativo na linha 32 setor seu Lio</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_no013.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_no013.pdf</t>
   </si>
   <si>
     <t>Paliativo na linha P04 no morro perto da fazenda sorocabana.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_no014_instalacao_de_um__bebedouro__no_estadio_municipal_lucio_nardo.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_no014_instalacao_de_um__bebedouro__no_estadio_municipal_lucio_nardo.docx</t>
   </si>
   <si>
     <t>Disponibilização de instalação de um  BEBEDOURO em lugares estratégicos no Estádio Municipal Lucio Nardo.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_no015_providencie_a_passagem_de_motoniveladora_e_posterior_cascalhamento_na_linha_33.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_no015_providencie_a_passagem_de_motoniveladora_e_posterior_cascalhamento_na_linha_33.docx</t>
   </si>
   <si>
     <t>Passagem de motoniveladora e posterior cascalhamento na Linha 33.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_no016_construcao_de_acessiblidade_na_rampa_de_acesso_em_frende_a_unidade_basica_de_saude_manoel_de_lara.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_no016_construcao_de_acessiblidade_na_rampa_de_acesso_em_frende_a_unidade_basica_de_saude_manoel_de_lara.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ACESSIBLIDADE na rampa de acesso em frende a Unidade Básica de Saúde Manoel de Lara.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_no017_elias.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_no017_elias.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de Obras, construção de uma lombada em frente à Escola Amilton Ribeiro.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_no018_providencie_brinquedos_e_materiais_pedagogicos_para_rede_municipal_de_educacao_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_no018_providencie_brinquedos_e_materiais_pedagogicos_para_rede_municipal_de_educacao_1.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIE BRINQUEDOS E MATERIAIS PEDAGÓGICOS PARA REDE MUNICIPAL DE EDUCAÇÃO DE PRIMAVERA DE RONDÔNIA - RO.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_no019_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_no019_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal Eduardo Bertoletti  Siviero , em conformidade com o artigo 81 do Regimento Interno, para que junto ao setor competente providencie a  INSTALAÇÃO DE PISO TÁTIL NOS ÓRGÃOS PÚBLICOS MUNICIPAIS, PARA ATENDER SEUS USUÁRIOS DEFICIENTES VISUAIS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_no020_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_no020_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx</t>
   </si>
   <si>
     <t>QUE PROVIDENCIE  EM TODAS AS PORTAS DOS GABINETES E SALAS DE REPARTIÇÕES PUBLICAS E PRIVADAS TENHAM IDENTIFICAÇÃO EM BRAILE, PARA OS DEFICIENTES VISUAIS, NO ÂMBITO DO MUNIPIO DE PRIMAVERA DE RONDÔNIA.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_no021_elias.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_no021_elias.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de Saúde, para atendimento de dentista na UBS de Querência do Norte.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_no022_a_aquisicao_de_um_bebedouro_industrial_para_a_creche_cemei_pingo_de_gente__primavera_de_rondonia_ro._5.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_no022_a_aquisicao_de_um_bebedouro_industrial_para_a_creche_cemei_pingo_de_gente__primavera_de_rondonia_ro._5.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADO A AQUISIÇÃODE UM BEBEDOURO INDUSTRIAL para a Creche Municipal Pingo de Gente –_x000D_
 Primavera de Rondônia-RO.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_no023_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_no023_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de obras que seja refeita as lombadas no setor chacareiro.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_no024_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_no024_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de obras que seja a feita a manutenção e limpeza das laterais da linha FP02.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>ROGÉRIO BARBOSA RODRIGUÊS</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_no025_rogeriodocx.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_no025_rogeriodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário competente que seja instalado internet de fibra ótica na Escola e Posto de Saude do Distrito.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_no026_providencie_a_instalacao_de_um_bebedouro_em_lugar_estrategico_na_praca_municipal_de_primavera_de_rondonia._1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_no026_providencie_a_instalacao_de_um_bebedouro_em_lugar_estrategico_na_praca_municipal_de_primavera_de_rondonia._1.pdf</t>
   </si>
   <si>
     <t>Providencie a instalação de um BEBEDOURO em lugar estratégico na Praça Municipal de Primavera de Rondônia.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_no027_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_no027_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de obras que seja feito uma lombada e faixa elevada em frente a creche municipal.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no028_elias.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no028_elias.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de Obras, que seja feito lombadas na AV Porto Velho e Rua Nova Querência.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no029_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no029_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretária de Assistência social.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no030_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no030_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de obras, manutenção na ponte da linha 33.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>CRISTÓVÃO LOURENÇO</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_031_cristovao.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_031_cristovao.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE SEJA PROVIDENCIADA A INTALAÇÃO DE PLACAS DE SINALIZAÇÃO COM NOME DAS RUAS, PLACAS DE LIMITE DE VELOCIDADE E DE PREFERÊNCIA NAS RUAS, AVENIDAS, PRÉDIOS PÚBLICOS, ESCOLAS E CRECHE DA CIDADE E DEMAIS SINALIZAÇÕES DE TRÂNSITO.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_no032_implantar_o_atendimento_saude_bucal_escolar.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_no032_implantar_o_atendimento_saude_bucal_escolar.docx</t>
   </si>
   <si>
     <t>"IMPLANTAR O ATENDIMENTO SAÚDE BUCAL ESCOLAR" em todas as Creches e Escolas de Ensino Fundamental do Município de Primavera de Rondônia/RO.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_no033_saude.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_no033_saude.pdf</t>
   </si>
   <si>
     <t>INDICO, nos termos Regimentais ao senhor Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário municipal de saúde a análise de Viabilidade Técnica para a Realização do “Corujão da Saúde ¨</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_no034_boca_de_lobo.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_no034_boca_de_lobo.docx</t>
   </si>
   <si>
     <t>INDICAM providências junto ao Executivo Municipal com copia  ao setor competente providencie manutenção, substituição e construção da BOCA DE LOBO DO MUNICIPIO na Avenida Efraim Gourlart de Barros ao lado do ponto de táxi</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no035_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no035_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário de Saúde Ueliton Ricardo da Silva com copias ao setor de endemias para que aumente a fiscalização ao combate a dengue.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>DIEGO COUTINHO FLORES</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/602/indicacao_no036_bueiro_2.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/602/indicacao_no036_bueiro_2.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário Obras manutenção do bueiro da linha 34.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_no037_diego.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_no037_diego.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de obras que seja feita algumas lombadas na av Maria Alves Contadini.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>VAILTON CARDOSO FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_no038_vaiton.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_no038_vaiton.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário de Obras que tome providencias sobre a torre que está caindo.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_no039_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_no039_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário de obras e secretaria de meio ambiente que seja realizada a limpeza / remoção dos entulhos da cidade.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_no040_vaiton-1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_no040_vaiton-1.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário de Obras que tome providencias sobre as pedras na linha 55.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_no041_vaiton.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_no041_vaiton.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário de Saude para colocar uma tenda em frente a UBS.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_no042_vaiton_agua_na_avenida.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_no042_vaiton_agua_na_avenida.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário de Obras para tomar providencias na entrada de Primavera.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_no043_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_no043_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário Municipal de Educação, Esporte e Cultura a reforma das Alambras do Estádio e do Ginasio.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no044_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no044_lucas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertoletti Siviero, com cópia ao secretário Municipal Obras que seja o tapa buraco na linha 35.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_no045_vaiton.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_no045_vaiton.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário de Obras que faça uma reforma na quadra municipal.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/637/indicacao_no046_vaiton.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/637/indicacao_no046_vaiton.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Eduardo Bertolletti Siviero, com cópia ao secretário de Obras que faça iluminação e reparos na quadra da escola do distrito.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_no47_decoracoes_natalinas.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_no47_decoracoes_natalinas.docx</t>
   </si>
   <si>
     <t>Indico ao poder executivo que façam as decorações natalinas no município de Primavera de Rondônia - RO.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/643/indicacao_no48_instalacao_de_lombada_ou_redutor_de_velocidade_na_avenida_tiradentes_esquina_com_a_rua_jose_rodrigues..docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/643/indicacao_no48_instalacao_de_lombada_ou_redutor_de_velocidade_na_avenida_tiradentes_esquina_com_a_rua_jose_rodrigues..docx</t>
   </si>
   <si>
     <t>Determinar ao setor competente que tome providências quanto a instalação de lombada ou redutor de velocidade, na avenida Tiradentes esquina com a rua Jose Rodrigues.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/546/mocao_assinada.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/546/mocao_assinada.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, vem respeitosamente requerer que, após ouvido o plenário, seja encaminhado congratulações nos termos desta moção de APLAUSOS e RECONHECIMENTO; ao jovem jogador de futebol HELIO JUNIOR ROSSI FRANCINO.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/595/mocao_de_repudio_002.2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/595/mocao_de_repudio_002.2023.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscreve, vem respeitosamente requerer que, após ouvido o plenário, seja encaminhado A REPUDIAÇÃO nos termos desta moção a ENERGISA DO ESTADO DE RONDONIA.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/638/mocao_premiacao_cafe_certa.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/638/mocao_premiacao_cafe_certa.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso direcionada a senhora Alice Laurentino, agricultora, moradora da linha 55 Primavera de Rondônia – RO distrito de Querência do Norte e Simone Fernandes de Lima, moradora da linha 50 em Primavera de Rondônia pela participação a 8ª Edição do Concafé.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/640/projeto__de_decreto_legislativo_no_001.23_-__altera_ticket.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/640/projeto__de_decreto_legislativo_no_001.23_-__altera_ticket.pdf</t>
   </si>
   <si>
     <t>ALTERA o artigo 3º do Decreto Legislativo nº 072/CMPR/2022, no que tange o valor concessão da verba alimentícia</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>FÁBIO LEANDRO PINHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_complementar.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_complementar.pdf</t>
   </si>
   <si>
     <t>“Torna obrigatória a inserção de mensagens no anverso da guia do Imposto Predial e Territorial Urbano -IPTU, com a especificação das categorias de contribuintes que tem direito à isenção do pagamento do imposto.”</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>Gabinete do Prefeito - GBP</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_04_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_04_2023.pdf</t>
   </si>
   <si>
     <t>PLC 004/GP/2023</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_complementar_n._005.gp.2023_-_altera_leis_complementares_001.gp.2021_-_002.gp.2021_-_003.gp.2021_1_correta.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_complementar_n._005.gp.2023_-_altera_leis_complementares_001.gp.2021_-_002.gp.2021_-_003.gp.2021_1_correta.pdf</t>
   </si>
   <si>
     <t>PLC 005/GP/2023</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_complementar_006.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_complementar_006.pdf</t>
   </si>
   <si>
     <t>PLC 006/GP/2023</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_se_lei_001_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_se_lei_001_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 001/GP/2023</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_lei_ordinaria_0001.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_lei_ordinaria_0001.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Primavera de Rondônia o direito do contribuinte de ter acesso a meios e formas de pagamento digital, tais como PIX e transferência bancária, para quitação de débitos de natureza tributária, taxas e contribuições</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/493/plo_no_002_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_1.052.45946.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/493/plo_no_002_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_1.052.45946.pdf</t>
   </si>
   <si>
     <t>PLO 002/GP/2023</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/494/plo_no_003_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_149.34593.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/494/plo_no_003_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_149.34593.pdf</t>
   </si>
   <si>
     <t>PLO 003/GP/2023</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/495/plo_no_004_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_1.300.00000.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/495/plo_no_004_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_1.300.00000.pdf</t>
   </si>
   <si>
     <t>PLO 004/GP/2023</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/496/plo_no_005_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_800.00000.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/496/plo_no_005_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_800.00000.pdf</t>
   </si>
   <si>
     <t>PLO 005/GP/2023</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/499/plo_006_dispoe_sobre_a_tabela_de_diarias.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/499/plo_006_dispoe_sobre_a_tabela_de_diarias.pdf</t>
   </si>
   <si>
     <t>PLO 006/GP/2023</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/507/plo_no_007_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_200.00000_ponte_limha_41_contra_partida.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/507/plo_no_007_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_200.00000_ponte_limha_41_contra_partida.pdf</t>
   </si>
   <si>
     <t>PLO007/GP/2023</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/508/plo_no_008_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_80.00000_carro_semplan.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/508/plo_no_008_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_80.00000_carro_semplan.pdf</t>
   </si>
   <si>
     <t>PLO 008/GP/2023</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/511/plo_no_009_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_65.63896_semas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/511/plo_no_009_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_65.63896_semas.pdf</t>
   </si>
   <si>
     <t>PLO/GP/009</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/512/plo_no_010_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_58.07131_semas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/512/plo_no_010_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_58.07131_semas.pdf</t>
   </si>
   <si>
     <t>PLO/010/GP/2023</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/513/plo_no_011_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_385.04174_semas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/513/plo_no_011_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_385.04174_semas.pdf</t>
   </si>
   <si>
     <t>PLO/011/GP/2023</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_012_.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_012_.pdf</t>
   </si>
   <si>
     <t>PLO 012 GP 2023</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/519/plo_no_013_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_450.00000_instalacao_de_manilhas_semosp.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/519/plo_no_013_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_450.00000_instalacao_de_manilhas_semosp.pdf</t>
   </si>
   <si>
     <t>PLO 013/GP/2023</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/520/plo_no_014_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_89.17173_saude.docx.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/520/plo_no_014_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_89.17173_saude.docx.pdf</t>
   </si>
   <si>
     <t>PLO/014/2023</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/521/plo_no_015_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_188.42510_saude.docx.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/521/plo_no_015_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_188.42510_saude.docx.pdf</t>
   </si>
   <si>
     <t>PLO/015/2023</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/522/plo_no_016_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_16.94156_saude.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/522/plo_no_016_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_16.94156_saude.pdf</t>
   </si>
   <si>
     <t>PLO/016/2023</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/525/plo_no_017_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_mat_paradidatico.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/525/plo_no_017_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_mat_paradidatico.pdf</t>
   </si>
   <si>
     <t>PLO 017/GP/2023</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/529/plo_no_018_gp_2023_-_dispoe_sobre_selo_sim_selo_de_inspecao_sanitaria__retorno_a_camara.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/529/plo_no_018_gp_2023_-_dispoe_sobre_selo_sim_selo_de_inspecao_sanitaria__retorno_a_camara.pdf</t>
   </si>
   <si>
     <t>PLO 018/GP/2023</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/532/plo_no_019_gp_2023_-_institui_o_viveiro_municipal_de_primavera_de_rondonia_-_viveiro_primavera.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/532/plo_no_019_gp_2023_-_institui_o_viveiro_municipal_de_primavera_de_rondonia_-_viveiro_primavera.pdf</t>
   </si>
   <si>
     <t>PLO 019/GP/2019</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/540/plo_no_020_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_50.24677_semec.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/540/plo_no_020_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_50.24677_semec.pdf</t>
   </si>
   <si>
     <t>PLO 020 GP 2023</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/541/plo_no_021_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_250.00000_massa_asfaltica_semosp.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/541/plo_no_021_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_250.00000_massa_asfaltica_semosp.pdf</t>
   </si>
   <si>
     <t>PLO 021 GP 2023</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/542/plo_no_022_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_176.31244_devolucao_convenio_cras_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/542/plo_no_022_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_176.31244_devolucao_convenio_cras_1.pdf</t>
   </si>
   <si>
     <t>PLO 022/GP/2023</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/552/mensagem_de_lei_023_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/552/mensagem_de_lei_023_1.pdf</t>
   </si>
   <si>
     <t>PLO 023/GP/2023</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/555/plo_gp_024_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/555/plo_gp_024_2023.pdf</t>
   </si>
   <si>
     <t>PLO 024/GP/2023</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/556/plo_025_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/556/plo_025_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 025/GP/2023</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/557/plo_n_o_026_cria_programa_de_recuperacao_fiscal.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/557/plo_n_o_026_cria_programa_de_recuperacao_fiscal.pdf</t>
   </si>
   <si>
     <t>PLO 026/GP/2023</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei__027__1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei__027__1.pdf</t>
   </si>
   <si>
     <t>PLO 027/GP/2023</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/559/plo_028_gp_2023_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/559/plo_028_gp_2023_1.pdf</t>
   </si>
   <si>
     <t>PLO 028/GP/2023</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/561/plo_029-2023_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/561/plo_029-2023_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA ATUALIZAÇÃO DA LISTA DE MEDICAMENTOS DA FARMÁCIA BÁSICA E A SUA FIXAÇÃO NA REDE PÚBLICA DE SAÚDE DE PRIMAVERA DE RONDÔNIA DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_atletas_ge.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_atletas_ge.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PROCEDIMENTOS PARA CONCESSÃO DO INCENTIVO AO ATLETA E PARATLETA PREVISTO NO “PROGRAMA MAIS ATLETA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_no_002_institui_transparencia_nas_atividades_dos_conselhos_municipais.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_no_002_institui_transparencia_nas_atividades_dos_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>INSTITUI TRANSPARÊNCIA NAS ATIVIDADES DOS CONSELHOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_032_subsidio_corrigido.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_032_subsidio_corrigido.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DA LEI ORDINARIA Nº 979/GP/2020 QUE DISPOE SOBRE O SUBSIDIO MENSAL DOS SECRETARIOS (AS) DO MUNICIPIO PRIMAVERA DE RONDONIA-RO E DAS OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/571/plo_no_029_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_15.55195_devolucao_convenio_caminhao_pipa.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/571/plo_no_029_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_15.55195_devolucao_convenio_caminhao_pipa.pdf</t>
   </si>
   <si>
     <t>PLO 029/GP/2023</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/572/plo_no_030gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_44.77474_devolucao_convenio_pav._asfaltica.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/572/plo_no_030gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_44.77474_devolucao_convenio_pav._asfaltica.pdf</t>
   </si>
   <si>
     <t>PLO 030/GP/2023</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/573/plo_no_031_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_27.73521_devolucao_convenio_pav._asfaltica.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/573/plo_no_031_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_27.73521_devolucao_convenio_pav._asfaltica.pdf</t>
   </si>
   <si>
     <t>PLO 031/GP/2023</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/575/plo_no_036_gp_2023_-_lei_diretrizes_orcamentaria_-_ldo_2024.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/575/plo_no_036_gp_2023_-_lei_diretrizes_orcamentaria_-_ldo_2024.pdf</t>
   </si>
   <si>
     <t>PLO Nº 036 GP 2023 - Lei Diretrizes Orçamentaria - LDO 2024</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/579/projeto_de_lei_ordinaria_no_037_institui_a_a_capacitacao_para_professores_e_servidores_das_escolas_da_rede_publica_municipal_de_primavera_de_rondonia_sobre_o_transtorno_do_espectro_autista_tea_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/579/projeto_de_lei_ordinaria_no_037_institui_a_a_capacitacao_para_professores_e_servidores_das_escolas_da_rede_publica_municipal_de_primavera_de_rondonia_sobre_o_transtorno_do_espectro_autista_tea_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "A CAPACITAÇÃO PARA PROFESSORES E SERVIDORES DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE PRIMAVERA DE RONDÔNIA SOBRE O TRANSTORNO DO ESPECTRO AUTISTA (TEA)”.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/580/plo_038_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/580/plo_038_2023.pdf</t>
   </si>
   <si>
     <t>PLO 038/GP/2023</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/581/plo_039_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/581/plo_039_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 039/GP/2023</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/585/plo_no_040_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_semas_apae.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/585/plo_no_040_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_semas_apae.pdf</t>
   </si>
   <si>
     <t>PLO040/GP/2023</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_041_cancer_ge-1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_041_cancer_ge-1.pdf</t>
   </si>
   <si>
     <t>“Institui a Política de Proteção aos_x000D_
 Direitos da Pessoa com Câncer_x000D_
 no município de Primavera de Rondônia”.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/590/plo_no_042_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_671.21047.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/590/plo_no_042_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_671.21047.pdf</t>
   </si>
   <si>
     <t>PLO 042</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/592/projeto_de_lei_043_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/592/projeto_de_lei_043_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>PLO 043/GP/2023</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/594/plo_no_044_gp_2023_-_lei_orcamentaria_anual_-_loa_2024.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/594/plo_no_044_gp_2023_-_lei_orcamentaria_anual_-_loa_2024.pdf</t>
   </si>
   <si>
     <t>PLO 044/GP/2023 - LOA 2024</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/596/projeto_de_ordinaria_no_045_dispoe_sobre_a_capacitacao_de_profissionais_de_ensino_em_nocoes_basicas_para_identificacao_de_sinais_de_violencia_domestica_e_familiar._2.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/596/projeto_de_ordinaria_no_045_dispoe_sobre_a_capacitacao_de_profissionais_de_ensino_em_nocoes_basicas_para_identificacao_de_sinais_de_violencia_domestica_e_familiar._2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a capacitação de profissionais de ensino em noções básicas para identificação de sinais de violência doméstica e familiar.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/597/plo_046.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/597/plo_046.pdf</t>
   </si>
   <si>
     <t>PLO 046</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/598/plo_047_enfermagem.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/598/plo_047_enfermagem.pdf</t>
   </si>
   <si>
     <t>PLO 047</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/599/plo_048.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/599/plo_048.pdf</t>
   </si>
   <si>
     <t>PLO 048</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/600/plo_no_049_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_ponte_linha_41_e_recuperacao_de_estrada_ep.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/600/plo_no_049_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_ponte_linha_41_e_recuperacao_de_estrada_ep.pdf</t>
   </si>
   <si>
     <t>PLO 049/GP/2023</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/601/plo_no_050_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_150.00000_semsau_medicamentos.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/601/plo_no_050_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_150.00000_semsau_medicamentos.pdf</t>
   </si>
   <si>
     <t>PLO 050/GP/2023</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/608/institui_no_municipio_de_primavera_de_rondonia_o_dia_municipal_da_biblia_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/608/institui_no_municipio_de_primavera_de_rondonia_o_dia_municipal_da_biblia_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE PRIMAVERA DE RONDONIA O DIA MUNICIPAL DA BÍBLIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_ordinaria_052.cmpr.2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_ordinaria_052.cmpr.2023.pdf</t>
   </si>
   <si>
     <t>“Institui a Política Municipal_x000D_
  sobre Álcool e outras Drogas_x000D_
  no Município de _x000D_
 Primavera de Rondônia”.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_053_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_053_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 053 GP 2023</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/616/projeto_de_lei_054_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/616/projeto_de_lei_054_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 054 GP 2023</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/617/projeto_de_lei_055.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/617/projeto_de_lei_055.pdf</t>
   </si>
   <si>
     <t>PLO 055 GP 2023</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/618/projeto_de_lei_056_gp_2023_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/618/projeto_de_lei_056_gp_2023_1.pdf</t>
   </si>
   <si>
     <t>PLO 056 GP 2023</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/619/projeto_de_lei_057_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/619/projeto_de_lei_057_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 057 GP 2023</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/620/projeto_de_lei_058_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/620/projeto_de_lei_058_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 058/GP/2023</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/624/plo_056_gp_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/624/plo_056_gp_2023.pdf</t>
   </si>
   <si>
     <t>PLO 056</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_ordinaria_novembrinho_azul.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_ordinaria_novembrinho_azul.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS DE NOVEMBRO COMO “NOVEMBRINHO AZUL”, NO ÂMBITO DO MUNICÍPIO DE PRIMAVERA DE RONDÔNIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/630/projeto_de_ordinaria_no_61cordao_de_girassol_3.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/630/projeto_de_ordinaria_no_61cordao_de_girassol_3.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO FACULTATIVO AUXILIAR DE ORIENTAÇÃO PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS NO MUNICÍPIO DE PRIMAVERA DE RONDÔNIA - RO.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/633/plo_63.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/633/plo_63.pdf</t>
   </si>
   <si>
     <t>063/GP/2023</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/634/plo_064.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/634/plo_064.pdf</t>
   </si>
   <si>
     <t>064/GP/2023</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/635/plo_no_065gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_140.00000__saude_-_ep.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/635/plo_no_065gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_140.00000__saude_-_ep.pdf</t>
   </si>
   <si>
     <t>065/GP/2023</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/641/plo_no_067_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_munt_servicos_rurais_semosp_-_ep_-_copia.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/641/plo_no_067_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_munt_servicos_rurais_semosp_-_ep_-_copia.pdf</t>
   </si>
   <si>
     <t>PLO 067/2023</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_lei_ordinaria_no_068.2023_-_correcao1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_lei_ordinaria_no_068.2023_-_correcao1.pdf</t>
   </si>
   <si>
     <t>1-	Trata-se do Projeto de Lei para fixar o subsídio do (a) Prefeito (a), do (a) Vice-Prefeito (a) e Secretários (as) do Município de Primavera de Rondônia – RO, para legislatura 2025-2028;</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_069.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_069.pdf</t>
   </si>
   <si>
     <t>1-	1-	Trata-se do Projeto de Lei para fixar os subsídios dos vereadores e verba de representação da Mesa Diretora da Câmara Municipal de Primavera de Rondônia – RO, para legislatura 2025-2028;</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/646/plo_no_070_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_147.83814_educa._infantil_semec.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/646/plo_no_070_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_147.83814_educa._infantil_semec.pdf</t>
   </si>
   <si>
     <t>PLO 070/GP/2023 - "Criar crédito adicional especial por recurso vinculado para custear despesas com manutenção da Educação Infantil, repasse esse das transferências diretas do FNDE, É sabido que o Município necessita da aquisição deste orçamento, tendo como meta custear as despesas de manutenção da Educação Infantil, onde será aplicada 60% em outros serviços de terceiros pessoa jurídica e 40% em material de consumo do valor global".</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_001_cpmr_2023_programa_vereador_mirim.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_001_cpmr_2023_programa_vereador_mirim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, no âmbito da Câmara Municipal de Primavera de Rondônia, do “Programa Vereador Mirim” e dá outras providências.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/584/projeto_de_resolucao_no_002_institui_o_banco_de_ideias_legislativas_no_municipio_de_primavera_de_rondonia_-_ro_3.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/584/projeto_de_resolucao_no_002_institui_o_banco_de_ideias_legislativas_no_municipio_de_primavera_de_rondonia_-_ro_3.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Ideias Legislativas no Município de Primavera de Rondônia - RO, e da outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_resolucao_n_003.cmpr.2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_resolucao_n_003.cmpr.2023.pdf</t>
   </si>
   <si>
     <t>Em atendimento a determinação constitucional, Lei Orgânica Municipal e Regimento Interno desta casa de leis, submetemos para apreciação deste douto plenário o Projeto de Resolução nº 003/CMPR/2023, que tem por objetivo, disciplinar a cessão de uso de bens móveis descritos no anexo I, de propriedade do Poder Legislativo, para uso do Poder Executivo do Município de Primavera de Rondônia.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_01_2023_piso_nacional_do_magisterio_1.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_01_2023_piso_nacional_do_magisterio_1.docx</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, por intermédio do setor competente, informações a respeito da categoria de profissionais da área da educação.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_001.cmpr.2023_-_taxa_do_lixo.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_001.cmpr.2023_-_taxa_do_lixo.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre o valor da taxa de resíduos sólidos (taxa do lixo).</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Senhor Prefeito, para que junto ao setor competente, realize a passagem de máquina e posterior cascalhento na Rua Lourdes Gonchoroski.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_lucas.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_lucas.docx</t>
   </si>
   <si>
     <t>sobre a informação referente aos ônibus.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requer_informacoes_sobre_o_repasse_do_programa_direto_na_escola.2.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requer_informacoes_sobre_o_repasse_do_programa_direto_na_escola.2.docx</t>
   </si>
   <si>
     <t>Requer informações sobre o repasse do Programa Direto na Escola.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_saude_lucas_06.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_saude_lucas_06.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei para que seja implementado o Piso Salarial dos Profissionais de Enfermagem.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_agricultura_lucas_07.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_agricultura_lucas_07.pdf</t>
   </si>
   <si>
     <t>CRONOGRAMA DE ATENDIMENTO para o ano de 2023.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_008_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_008_lucas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, com cópia para secretaria Municipal de Assistência Social-SEMAS que possa está encaminhando a esta augusta casa de leis informações referente ao atendimento de psicólogo ao programa PAIF (Serviço de Proteção e Atendimento Integral à Família).</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_009_elias.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_009_elias.pdf</t>
   </si>
   <si>
     <t>Requeiro de Vossas Excelências que seja aceita a justificativa apresentada, para que seja abonada minha falta na citada Sessão Ordinária, na forma do artigo 60 §3º (subsidiariamente) do Regimento interno desta Casa de Leis.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_010_saae1-1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_010_saae1-1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, com cópia ao Departamento do SAAE, que possa está encaminhando a esta augusta casa de leis cópia dos Empenhos, notas de pagamentos, relatórios referentes aos Processos de Adiantamentos de Fundos, Processos de Compras de Materiais de construção, Processos de concerto de Bombas, cópia do processo de construção do pila da caixa D’agua do setor 01 e situação de Débitos referente aos últimos 12 Meses,</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_011_semec1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_011_semec1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, com cópia para secretaria Municipal de Educação-SEMEC que possa está encaminhando a esta augusta casa de leis informações referente a Prestação de contas e Gastos do Transporte Escolar nos mês de junho a Dezembro do Ano de 2022, Janeiro a Maio de 2023._x000D_
 Requeremos cópia dos seguintes documentos: Prestação de contas encaminhada a SEDUC, Relatório VOLUS, Relatório SAGA, (os quais contem hora, dia, veículo e condutor) cópia do Processo de Prestação do Transporte Escolar referente ao mês acima.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_resposta_a_indicacao_n_007_2021_1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_resposta_a_indicacao_n_007_2021_1.pdf</t>
   </si>
   <si>
     <t>Requer resposta da indicação nº007/2021 versando a criação de programa permanente de controle populacional de cães e gatos no município de Primavera de Rondônia - RO.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_n_013__efetuar_a_manutencao_e_limpeza_de_fossa_da_escola_municipal_jose_antonio_rodrigues.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_n_013__efetuar_a_manutencao_e_limpeza_de_fossa_da_escola_municipal_jose_antonio_rodrigues.pdf</t>
   </si>
   <si>
     <t>Requer: Que o chefe do Poder Executivo através da Secretaria competente, verifique a oportunidade e conveniência de efetuar a manutenção e limpeza de fossa na Escola Municipal Jose Antônio Rodrigues, localizada na Rua Jonas Antônio de Souza neste município._x000D_
 Autores: Vereador Robson Moreira de Oliveira - PSD_x000D_
 	      Vereador Fabio Leandro Pinheiro - REPUBLICANOS</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_014_vereadores.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_014_vereadores.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, com cópia para o Presidente do SAAE, informações sobre qual procedimento foi tomado após o diagnostico realizado e audiência pública nesta casa de Leis.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n_15_cemiterio_municipal_jardim_dos_palmares..docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n_15_cemiterio_municipal_jardim_dos_palmares..docx</t>
   </si>
   <si>
     <t>Informe a previsão para o término da Iluminação Pública em toda extensão, no CEMITÉRIO MUNICIPAL JARDIM DOS PALMARES.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_no_16_cronograma_municipal_de_recuperacao_das_estradas_vicinais.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_no_16_cronograma_municipal_de_recuperacao_das_estradas_vicinais.docx</t>
   </si>
   <si>
     <t>Requer informações do cronograma municipal de recuperação das estradas vicinais.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_no_17_requer_informacoes_sobre_a_maquina_retro_escavadeira_se_encontra_inoperante.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_no_17_requer_informacoes_sobre_a_maquina_retro_escavadeira_se_encontra_inoperante.docx</t>
   </si>
   <si>
     <t>Ementa: Requer informações sobre a máquina retro escavadeira se encontra inoperante.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_018_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_018_lucas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, com cópia para o Secretário de Educação, Esporte e Lazer, informações referente a contratação de cuidador de alunos especiais e quanto ao atendimento do transporte escolar na linha 29, visto que a uma denuncia que um aluno não esta sendo assistido pelo mesmo.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_agente_de_combate_as_endemias.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_agente_de_combate_as_endemias.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de ofícios ao Prefeito, Eduardo Bertoletti, e ao Secretário Municipal de Saúde, Ueliton Ricardo da Silva, solicitando que, o Município promova a contratação do cargo de Agente de Combate as Endemias aprovado no último concurso, para atender à rede municipal de saúde.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_020_vaitons.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_020_vaitons.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, com cópia para o Secretária municipal de meio ambiente, agricultura e pecuária, informações referente as horas maquinas que esta atendo o porteira adentro.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_021_vaitons-1.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_021_vaitons-1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, com cópia para o Secretária municipal de meio ambiente, agricultura e pecuária, informações referente as madeiras recebidas pelo município de Primavera de Rondonia.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_022_lucas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_022_lucas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, nos termos regimentais, que seja oficiado ao Chefe do Poder Executivo Municipal, a possibilidade do reajuste do cartão alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/647/fundeb_em_2023.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/647/fundeb_em_2023.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa, nos termos regimentais, que seja oficiado ao Exmo. Sr. Prefeito Eduardo Bertoletti com cópia ao secretário municipal de Educação Esporte Cultura e Lazer requer as seguintes pedindo as seguintes informações sobre as sobras do FUNDEB em 2023:</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Processo Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/502/processo_legislativo_001.2022.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/502/processo_legislativo_001.2022.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO EXERCICIO 2021</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/504/termo_de_renuncia_do_vereador_diego_coutinho_flores_0001.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/504/termo_de_renuncia_do_vereador_diego_coutinho_flores_0001.pdf</t>
   </si>
   <si>
     <t>DIEGO COUTINHO FLORES, brasileiro, solteiro, pecuarista, portador do CPF 030.981.772-25 e RG 1313314 SSP/RO, residente e domiciliado na rua José Rodrigues, N° 1803, Centro. Início esta carta, comunicar minha RENÚNCIA expressa ao meu mandato de 2° SECRETARIO da mesa do biênio 2023/2024, que foi outorgado nas urnas desta casa de leis, no pleito de 2023, em caráter irrevogável e irretratável com efeitos imediatos</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Protocolo Legislativo - PL</t>
   </si>
   <si>
     <t>LEVANTAMENTO DE PATRIMONIO COM BAIXA E DOAÇÃO DE BENS INSERVIVÉIS DA CÂMARA MUNICIPAL DE PRIMAVERA DE RO.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/605/processo_112.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/605/processo_112.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO DO ANO DE 2022</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/613/carta_de_renuncia_-_vailton_cardoso_ferreira_0001.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/613/carta_de_renuncia_-_vailton_cardoso_ferreira_0001.pdf</t>
   </si>
   <si>
     <t>Eu, Vailton Cardoso Ferreira, Brasileiro, Casado, Vereador, Portador do CPF: 595.649.972-91 e RG: 7451517 SSP/RO, residente e domiciliando na Av: Jânio Quadros, N° 3806, centro. Inicio esta carta, comunicar minha RENÚNCIA expressa a membro da comissão de Redação e Justiça do Biênio 2023/2024, que foi outorgado nas urnas desta casa de leis, no pleito de 2023, em caráter irrevogavel e irretratável com efeitos imediatos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2127,51 +2127,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/648/emenda.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/650/emenda_aditiva_002_pccs.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/651/subemenda.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_no_001_-_paliativo_na_linha_p2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_no_002_-_limpeza_de_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_003-2023_elias.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_no005_rua_loudes_gonchorroski.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_no006_rogerio1.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no007_rogerio1.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_no008_elias.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_no009_vaiton.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_no010_vaiton.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_no011_lucas.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_no012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_no013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_no014_instalacao_de_um__bebedouro__no_estadio_municipal_lucio_nardo.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_no015_providencie_a_passagem_de_motoniveladora_e_posterior_cascalhamento_na_linha_33.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_no016_construcao_de_acessiblidade_na_rampa_de_acesso_em_frende_a_unidade_basica_de_saude_manoel_de_lara.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_no017_elias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_no018_providencie_brinquedos_e_materiais_pedagogicos_para_rede_municipal_de_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_no019_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_no020_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_no021_elias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_no022_a_aquisicao_de_um_bebedouro_industrial_para_a_creche_cemei_pingo_de_gente__primavera_de_rondonia_ro._5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_no023_lucas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_no024_lucas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_no025_rogeriodocx.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_no026_providencie_a_instalacao_de_um_bebedouro_em_lugar_estrategico_na_praca_municipal_de_primavera_de_rondonia._1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_no027_lucas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no028_elias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no029_lucas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no030_lucas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_031_cristovao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_no032_implantar_o_atendimento_saude_bucal_escolar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_no033_saude.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_no034_boca_de_lobo.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no035_lucas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/602/indicacao_no036_bueiro_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_no037_diego.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_no038_vaiton.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_no039_lucas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_no040_vaiton-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_no041_vaiton.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_no042_vaiton_agua_na_avenida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_no043_lucas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no044_lucas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_no045_vaiton.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/637/indicacao_no046_vaiton.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_no47_decoracoes_natalinas.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/643/indicacao_no48_instalacao_de_lombada_ou_redutor_de_velocidade_na_avenida_tiradentes_esquina_com_a_rua_jose_rodrigues..docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/546/mocao_assinada.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/595/mocao_de_repudio_002.2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/638/mocao_premiacao_cafe_certa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/640/projeto__de_decreto_legislativo_no_001.23_-__altera_ticket.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_04_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_complementar_n._005.gp.2023_-_altera_leis_complementares_001.gp.2021_-_002.gp.2021_-_003.gp.2021_1_correta.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_complementar_006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_se_lei_001_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_lei_ordinaria_0001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/493/plo_no_002_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_1.052.45946.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/494/plo_no_003_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_149.34593.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/495/plo_no_004_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_1.300.00000.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/496/plo_no_005_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_800.00000.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/499/plo_006_dispoe_sobre_a_tabela_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/507/plo_no_007_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_200.00000_ponte_limha_41_contra_partida.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/508/plo_no_008_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_80.00000_carro_semplan.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/511/plo_no_009_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_65.63896_semas.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/512/plo_no_010_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_58.07131_semas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/513/plo_no_011_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_385.04174_semas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_012_.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/519/plo_no_013_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_450.00000_instalacao_de_manilhas_semosp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/520/plo_no_014_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_89.17173_saude.docx.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/521/plo_no_015_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_188.42510_saude.docx.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/522/plo_no_016_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_16.94156_saude.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/525/plo_no_017_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_mat_paradidatico.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/529/plo_no_018_gp_2023_-_dispoe_sobre_selo_sim_selo_de_inspecao_sanitaria__retorno_a_camara.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/532/plo_no_019_gp_2023_-_institui_o_viveiro_municipal_de_primavera_de_rondonia_-_viveiro_primavera.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/540/plo_no_020_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_50.24677_semec.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/541/plo_no_021_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_250.00000_massa_asfaltica_semosp.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/542/plo_no_022_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_176.31244_devolucao_convenio_cras_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/552/mensagem_de_lei_023_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/555/plo_gp_024_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/556/plo_025_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/557/plo_n_o_026_cria_programa_de_recuperacao_fiscal.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei__027__1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/559/plo_028_gp_2023_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/561/plo_029-2023_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_atletas_ge.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_no_002_institui_transparencia_nas_atividades_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_032_subsidio_corrigido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/571/plo_no_029_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_15.55195_devolucao_convenio_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/572/plo_no_030gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_44.77474_devolucao_convenio_pav._asfaltica.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/573/plo_no_031_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_27.73521_devolucao_convenio_pav._asfaltica.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/575/plo_no_036_gp_2023_-_lei_diretrizes_orcamentaria_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/579/projeto_de_lei_ordinaria_no_037_institui_a_a_capacitacao_para_professores_e_servidores_das_escolas_da_rede_publica_municipal_de_primavera_de_rondonia_sobre_o_transtorno_do_espectro_autista_tea_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/580/plo_038_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/581/plo_039_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/585/plo_no_040_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_semas_apae.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_041_cancer_ge-1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/590/plo_no_042_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_671.21047.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/592/projeto_de_lei_043_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/594/plo_no_044_gp_2023_-_lei_orcamentaria_anual_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/596/projeto_de_ordinaria_no_045_dispoe_sobre_a_capacitacao_de_profissionais_de_ensino_em_nocoes_basicas_para_identificacao_de_sinais_de_violencia_domestica_e_familiar._2.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/597/plo_046.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/598/plo_047_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/599/plo_048.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/600/plo_no_049_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_ponte_linha_41_e_recuperacao_de_estrada_ep.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/601/plo_no_050_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_150.00000_semsau_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/608/institui_no_municipio_de_primavera_de_rondonia_o_dia_municipal_da_biblia_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_ordinaria_052.cmpr.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_053_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/616/projeto_de_lei_054_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/617/projeto_de_lei_055.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/618/projeto_de_lei_056_gp_2023_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/619/projeto_de_lei_057_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/620/projeto_de_lei_058_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/624/plo_056_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_ordinaria_novembrinho_azul.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/630/projeto_de_ordinaria_no_61cordao_de_girassol_3.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/633/plo_63.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/634/plo_064.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/635/plo_no_065gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_140.00000__saude_-_ep.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/641/plo_no_067_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_munt_servicos_rurais_semosp_-_ep_-_copia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_lei_ordinaria_no_068.2023_-_correcao1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_069.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/646/plo_no_070_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_147.83814_educa._infantil_semec.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_001_cpmr_2023_programa_vereador_mirim.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/584/projeto_de_resolucao_no_002_institui_o_banco_de_ideias_legislativas_no_municipio_de_primavera_de_rondonia_-_ro_3.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_resolucao_n_003.cmpr.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_01_2023_piso_nacional_do_magisterio_1.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_001.cmpr.2023_-_taxa_do_lixo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_lucas.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requer_informacoes_sobre_o_repasse_do_programa_direto_na_escola.2.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_saude_lucas_06.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_agricultura_lucas_07.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_008_lucas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_009_elias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_010_saae1-1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_011_semec1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_resposta_a_indicacao_n_007_2021_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_n_013__efetuar_a_manutencao_e_limpeza_de_fossa_da_escola_municipal_jose_antonio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_014_vereadores.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n_15_cemiterio_municipal_jardim_dos_palmares..docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_no_16_cronograma_municipal_de_recuperacao_das_estradas_vicinais.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_no_17_requer_informacoes_sobre_a_maquina_retro_escavadeira_se_encontra_inoperante.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_018_lucas.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_agente_de_combate_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_020_vaitons.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_021_vaitons-1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_022_lucas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/647/fundeb_em_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/502/processo_legislativo_001.2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/504/termo_de_renuncia_do_vereador_diego_coutinho_flores_0001.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/605/processo_112.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/613/carta_de_renuncia_-_vailton_cardoso_ferreira_0001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/648/emenda.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/650/emenda_aditiva_002_pccs.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/651/subemenda.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_no_001_-_paliativo_na_linha_p2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_no_002_-_limpeza_de_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_003-2023_elias.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_no005_rua_loudes_gonchorroski.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_no006_rogerio1.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no007_rogerio1.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_no008_elias.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_no009_vaiton.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_no010_vaiton.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_no011_lucas.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_no012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_no013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_no014_instalacao_de_um__bebedouro__no_estadio_municipal_lucio_nardo.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_no015_providencie_a_passagem_de_motoniveladora_e_posterior_cascalhamento_na_linha_33.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_no016_construcao_de_acessiblidade_na_rampa_de_acesso_em_frende_a_unidade_basica_de_saude_manoel_de_lara.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_no017_elias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_no018_providencie_brinquedos_e_materiais_pedagogicos_para_rede_municipal_de_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_no019_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_no020_a_instalacao_de_piso_tatil_nos_orgaos_publicos_municipais_para_atender_seus_usuarios_deficientes_visuais.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_no021_elias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_no022_a_aquisicao_de_um_bebedouro_industrial_para_a_creche_cemei_pingo_de_gente__primavera_de_rondonia_ro._5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_no023_lucas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_no024_lucas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_no025_rogeriodocx.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_no026_providencie_a_instalacao_de_um_bebedouro_em_lugar_estrategico_na_praca_municipal_de_primavera_de_rondonia._1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_no027_lucas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no028_elias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no029_lucas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no030_lucas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_031_cristovao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_no032_implantar_o_atendimento_saude_bucal_escolar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_no033_saude.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_no034_boca_de_lobo.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no035_lucas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/602/indicacao_no036_bueiro_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_no037_diego.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_no038_vaiton.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_no039_lucas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_no040_vaiton-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_no041_vaiton.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_no042_vaiton_agua_na_avenida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_no043_lucas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_no044_lucas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_no045_vaiton.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/637/indicacao_no046_vaiton.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_no47_decoracoes_natalinas.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/643/indicacao_no48_instalacao_de_lombada_ou_redutor_de_velocidade_na_avenida_tiradentes_esquina_com_a_rua_jose_rodrigues..docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/546/mocao_assinada.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/595/mocao_de_repudio_002.2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/638/mocao_premiacao_cafe_certa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/640/projeto__de_decreto_legislativo_no_001.23_-__altera_ticket.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/510/projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_04_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_de_lei_complementar_n._005.gp.2023_-_altera_leis_complementares_001.gp.2021_-_002.gp.2021_-_003.gp.2021_1_correta.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_complementar_006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_se_lei_001_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_lei_ordinaria_0001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/493/plo_no_002_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_1.052.45946.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/494/plo_no_003_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_149.34593.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/495/plo_no_004_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_1.300.00000.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/496/plo_no_005_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_800.00000.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/499/plo_006_dispoe_sobre_a_tabela_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/507/plo_no_007_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_200.00000_ponte_limha_41_contra_partida.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/508/plo_no_008_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_80.00000_carro_semplan.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/511/plo_no_009_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_65.63896_semas.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/512/plo_no_010_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_58.07131_semas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/513/plo_no_011_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_execicios_anterios_r_385.04174_semas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_012_.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/519/plo_no_013_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_450.00000_instalacao_de_manilhas_semosp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/520/plo_no_014_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_89.17173_saude.docx.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/521/plo_no_015_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_188.42510_saude.docx.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/522/plo_no_016_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_16.94156_saude.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/525/plo_no_017_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_mat_paradidatico.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/529/plo_no_018_gp_2023_-_dispoe_sobre_selo_sim_selo_de_inspecao_sanitaria__retorno_a_camara.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/532/plo_no_019_gp_2023_-_institui_o_viveiro_municipal_de_primavera_de_rondonia_-_viveiro_primavera.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/540/plo_no_020_gp_2023_-_credito_adicional_suplementar_por_superavit_financeiro_exercicios_anterios_r_50.24677_semec.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/541/plo_no_021_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_250.00000_massa_asfaltica_semosp.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/542/plo_no_022_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_176.31244_devolucao_convenio_cras_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/552/mensagem_de_lei_023_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/555/plo_gp_024_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/556/plo_025_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/557/plo_n_o_026_cria_programa_de_recuperacao_fiscal.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei__027__1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/559/plo_028_gp_2023_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/561/plo_029-2023_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_atletas_ge.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_no_002_institui_transparencia_nas_atividades_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/565/projeto_de_lei_032_subsidio_corrigido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/571/plo_no_029_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_15.55195_devolucao_convenio_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/572/plo_no_030gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_44.77474_devolucao_convenio_pav._asfaltica.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/573/plo_no_031_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_27.73521_devolucao_convenio_pav._asfaltica.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/575/plo_no_036_gp_2023_-_lei_diretrizes_orcamentaria_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/579/projeto_de_lei_ordinaria_no_037_institui_a_a_capacitacao_para_professores_e_servidores_das_escolas_da_rede_publica_municipal_de_primavera_de_rondonia_sobre_o_transtorno_do_espectro_autista_tea_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/580/plo_038_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/581/plo_039_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/585/plo_no_040_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_semas_apae.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_041_cancer_ge-1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/590/plo_no_042_gp_2023_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_671.21047.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/592/projeto_de_lei_043_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/594/plo_no_044_gp_2023_-_lei_orcamentaria_anual_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/596/projeto_de_ordinaria_no_045_dispoe_sobre_a_capacitacao_de_profissionais_de_ensino_em_nocoes_basicas_para_identificacao_de_sinais_de_violencia_domestica_e_familiar._2.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/597/plo_046.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/598/plo_047_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/599/plo_048.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/600/plo_no_049_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_500.00000_ponte_linha_41_e_recuperacao_de_estrada_ep.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/601/plo_no_050_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_150.00000_semsau_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/608/institui_no_municipio_de_primavera_de_rondonia_o_dia_municipal_da_biblia_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_ordinaria_052.cmpr.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_053_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/616/projeto_de_lei_054_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/617/projeto_de_lei_055.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/618/projeto_de_lei_056_gp_2023_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/619/projeto_de_lei_057_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/620/projeto_de_lei_058_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/624/plo_056_gp_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_ordinaria_novembrinho_azul.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/630/projeto_de_ordinaria_no_61cordao_de_girassol_3.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/633/plo_63.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/634/plo_064.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/635/plo_no_065gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_140.00000__saude_-_ep.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/641/plo_no_067_gp_2023_-_credito_adicional_especial_por_recurso_vinculado_r_100.00000_munt_servicos_rurais_semosp_-_ep_-_copia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_lei_ordinaria_no_068.2023_-_correcao1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_069.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/646/plo_no_070_gp_2023_-_credito_adicional_especial_por_superavit_financeiro_r_147.83814_educa._infantil_semec.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_001_cpmr_2023_programa_vereador_mirim.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/584/projeto_de_resolucao_no_002_institui_o_banco_de_ideias_legislativas_no_municipio_de_primavera_de_rondonia_-_ro_3.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_resolucao_n_003.cmpr.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_01_2023_piso_nacional_do_magisterio_1.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_001.cmpr.2023_-_taxa_do_lixo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_lucas.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/517/requer_informacoes_sobre_o_repasse_do_programa_direto_na_escola.2.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_saude_lucas_06.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_agricultura_lucas_07.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_008_lucas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_009_elias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_010_saae1-1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_011_semec1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/563/requerimento_resposta_a_indicacao_n_007_2021_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_n_013__efetuar_a_manutencao_e_limpeza_de_fossa_da_escola_municipal_jose_antonio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_014_vereadores.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/586/requerimento_n_15_cemiterio_municipal_jardim_dos_palmares..docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_no_16_cronograma_municipal_de_recuperacao_das_estradas_vicinais.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_no_17_requer_informacoes_sobre_a_maquina_retro_escavadeira_se_encontra_inoperante.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_018_lucas.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_agente_de_combate_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_020_vaitons.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_021_vaitons-1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_022_lucas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/647/fundeb_em_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/502/processo_legislativo_001.2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/504/termo_de_renuncia_do_vereador_diego_coutinho_flores_0001.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/605/processo_112.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2023/613/carta_de_renuncia_-_vailton_cardoso_ferreira_0001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>