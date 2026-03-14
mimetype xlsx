--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,803 +54,803 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>REJ - COMISSÃO DE REDAÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/94/proposta_de_emenda_aditiva_plo_no_017.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/94/proposta_de_emenda_aditiva_plo_no_017.pdf</t>
   </si>
   <si>
     <t>A Comissão Permanente de Redação e Justiça, juntamente com a comissão de finanças e orçamento, em Reunião ORDINÁRIA, realizada no dia 30 de junho de 2020, às vinte horas e vinte e cinco minutos no Plenário Ângelo Miguel Ferreira, analisaram o Projeto de Lei nº 017/2020 (Reenviado) que "INSTITUI GRATIFICAÇÃO EXTRAORDINÁRIA AOS SERVIDORES DA SAÚDE DURANTE A VIGÊNCIA DA CALAMIDADE DE SAÚDE PÚBLICA DECORRENTE DO CORONAVÍRUS (COVID-19), E DÁ OUTRAS DISPOSIÇÕES." Encaminhamos então a referida Emenda para aprovação e consequentemente ao executivo, para que seja incorporado ao referido projeto o Cargo de ACS – Agente Comunitário de Saúde, no nível 3, do Anexo Único.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Robson</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Indica passagem de máquina motoniveladora (patrol) e posterior cascalhamento na Linha 37.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no000.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no000.docx</t>
   </si>
   <si>
     <t>INDICO à Mesa na forma regimental, que seja enviado ofício ao Chefe do Poder Executivo Municipal, com cópia do presente, solicitando as seguintes informações.- se há previsão da realização de troca de lâmpadas nos mais variados locais da cidade, onde as lâmpadas encontram-se queimadas ou danificadas.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Cirlene Terezinha</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_01-2020_vereadora_cirlene_-_levantamento_de_cartao_debito_e_credito.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_01-2020_vereadora_cirlene_-_levantamento_de_cartao_debito_e_credito.pdf</t>
   </si>
   <si>
     <t>Solicitação Junto ao Governo do Estado através do Secretário de Estado de Fazenda, que seja, fornecido o levantamento de todos os serviços de cartões de Créditos e Débitos prestados dentro do Município de Primavera de Rondônia</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Cristóvão Lourenço</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/98/indicacao_no_004.2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/98/indicacao_no_004.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que crie um canal de atendimento denominado “Disque Idoso” neste período de Pandemia.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Fabio Professor</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/97/indicacao_no_005.2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/97/indicacao_no_005.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que instale em todos os complexos municipais dispositivos de higiene pessoal (álcool em gel)</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_no006_ivermectina.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_no006_ivermectina.docx</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO QUE SEJA DISTRIBUÍDO GRATUITAMENTE À POPULAÇÃO DO MUNICÍPIO, O MEDICAMENTO IVERMECTINA 6MG, PARA AUXILIAR NA PREVENÇÃO E COMBATE DO NOVO CORONAVÍRUS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Medida Provisória</t>
   </si>
   <si>
     <t>Gabinete do Prefeito - GBP</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/69/decreto_1873_gp_2020_-_calamidade_publica.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/69/decreto_1873_gp_2020_-_calamidade_publica.pdf</t>
   </si>
   <si>
     <t>A ADMINISTRAÇÃO MUNICIPAL DE PRIMAVERA DE RONDÔNIA, DECLARA ESTADO DE CALAMIDADE PÚBLICA NO MUNICÍPIO EM RAZÃO DA PANDEMIA CAUSADA PELO CORONAVÍRUS (COVID-19) E POR ESTE DETERMINA AS PROVIDÊNCIAS E MEDIDAS PARA O ENFRENTAMENTO, PREVENÇÃO DA TRANSMISSÃO E MITIGAÇÃO DA EMERGÊNCIA DE SAÚDE</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/74/decreto_legislativo_no_064.2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/74/decreto_legislativo_no_064.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção ao contágio e de enfrentamento e contingenciamento, no âmbito do Poder Legislativo, da epidemia de doença infecciosa viral respiratória causada pelo agente Coronavirus (COVID-19) e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Marcio da Agricultura</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_quanto_obrigatoriedade_das_empreas.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_quanto_obrigatoriedade_das_empreas.pdf</t>
   </si>
   <si>
     <t>Institui a Criação da Lei “Tornando a Obrigatoriedade das Empresas Concessionárias de Serviços Públicos de Distribuição de Energia Elétrica, Telefonia Fixa e Internet e demais empresas ocupantes a se limitar à ocupação de espaço público dentro do que estabelece as normas técnicas aplicáveis e promover a regularização e a retirada dos fios inutilizados, em vias públicas de Primavera de Rondônia e no Distrito de Querência do Norte”</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_complementar_no_001.2020_institui_e_fixa_o_subsidio.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_complementar_no_001.2020_institui_e_fixa_o_subsidio.pdf</t>
   </si>
   <si>
     <t>Institui e Fixa o Subsídio dos Vereadores, Prefeito e Vice-Prefeito do Município de Primavera de Rondônia – RO”</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/58/pl_no_001_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_152.09445.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/58/pl_no_001_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_152.09445.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO CONFORME ART. 43 § 1º ITEM I DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/60/pl_no_002_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/60/pl_no_002_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/59/pl_no_003_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_196.00000.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/59/pl_no_003_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_196.00000.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/61/pl_no_004_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_7.13929.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/61/pl_no_004_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_7.13929.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO CONFORME ART. 43 § 1º ITEM I DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/56/pl_no_005_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_145.83502.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/56/pl_no_005_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_145.83502.pdf</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/57/pl_no_006_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_180.43333.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/57/pl_no_006_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_180.43333.pdf</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/68/pl_no_007_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_485.76113.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/68/pl_no_007_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_485.76113.pdf</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/67/pl_no_008_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_109.60216.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/67/pl_no_008_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_109.60216.pdf</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/66/pl_no_009_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_55110.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/66/pl_no_009_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_55110.pdf</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/65/pl_no_010_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_36322.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/65/pl_no_010_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_36322.pdf</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/72/pl_no_011_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_250.00000_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/72/pl_no_011_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_250.00000_ass.pdf</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/70/pl_no_012_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_59.96019_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/70/pl_no_012_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_59.96019_ass.pdf</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/71/pl_no_013_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_25.00000_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/71/pl_no_013_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_25.00000_ass.pdf</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/73/pl_no_014gp_2020_-_criar_lei_defesa_civil.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/73/pl_no_014gp_2020_-_criar_lei_defesa_civil.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC) DO MUNICÍPIO PRIMAVERA DE RONDÔNIA, PARA PROMOVER, ARTICULAR E EXECUTAR A DEFESA PERMANENTE DO MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/77/pl_no_015_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_53.80000_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/77/pl_no_015_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_53.80000_ass.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/76/pl_no_016_gp_2020_-_situacao_de_vulnerabilidade_temporaria_situacoes_de_calamidade_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/76/pl_no_016_gp_2020_-_situacao_de_vulnerabilidade_temporaria_situacoes_de_calamidade_ass.pdf</t>
   </si>
   <si>
     <t>“REVOGA E DÁ NOVA REDAÇÃO AO ARTIGO 6° E ACRESCE A REDAÇÃO DO ART. 8°, DA LEI Nº 812/GP/2017; FORMA DE AUXÍLIO-FÚNEBRE; AUXÍLIO-NATALIDADE; AUXÍLIO-TRANSPORTE AUXILIO-ALIMENTAÇÃO; AO MUNÍCIPE EM SITUAÇÃO DE VULNERABILIDADE TEMPORÁRIA, SITUAÇÕES DE CALAMIDADE E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/79/pl_no_017_gp_2020_-_projeto_de_lei__gratificacao_saude_26.05_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/79/pl_no_017_gp_2020_-_projeto_de_lei__gratificacao_saude_26.05_ass.pdf</t>
   </si>
   <si>
     <t>"INSTITUI GRATIFICAÇÃO EXTRAORDINÁRIA AOS SERVIDORES DA SAÚDE DURANTE A VIGÊNCIA DA CALAMIDADE DE SAÚDE PÚBLICA DECORRENTE DO CORONAVÍRUS (COVID-19), E DÁ OUTRAS DISPOSIÇÕES."</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/84/pl_no_018_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_648.37500.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/84/pl_no_018_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_648.37500.pdf</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/85/pl_lei_diretrizes_orcamentaria_-_ldo_2021_ass_com_anexos.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/85/pl_lei_diretrizes_orcamentaria_-_ldo_2021_ass_com_anexos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE LEI DE DIRETRIZES ORÇAMENTÁRIA - LDO PARA O EXERCÍCIO DE 2021 ESTABELECE AS METAS E RISCOS FISCAIS E DÁ OUTRAS PROVIDÊNCIAS. (LOA)</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/86/pl_no_020_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_130.00000_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/86/pl_no_020_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_130.00000_ass.pdf</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/89/pl_no_021_gp_2020_-_cria_o_cargo_de_gestor_de_unidade_basica_de_saude_ass_com_anexo.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/89/pl_no_021_gp_2020_-_cria_o_cargo_de_gestor_de_unidade_basica_de_saude_ass_com_anexo.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE GERENTE DE ATENÇÃO BÁSICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/102/pl_no_022_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_400.00000.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/102/pl_no_022_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_400.00000.pdf</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/99/pl_no_023_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/99/pl_no_023_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/100/pl_no_024_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_1.03646.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/100/pl_no_024_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_1.03646.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO CONFORME ART. 43 § 1º ITEM I DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/101/pl_no_025_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_51.56139.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/101/pl_no_025_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_51.56139.pdf</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/104/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/104/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORDINÁRIA MUNICIPAL Nº 644/GP/2012 – QUE AUTORIZA O PODER EXECUTIVO A INTEGRAR O CONSORCIO INTERMUNICIPAL DA REGIÃO CENTRO LESTE DO ESTADO DE RONDÔNIA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/115/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/115/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE COLETA SELETIVA DOS RESÍDUOS SECOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/106/pl_no_028_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/106/pl_no_028_gp_2020.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”. indenização e Restituição</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/114/pl_no_029_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/114/pl_no_029_gp_2020.pdf</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/109/pl_no_030_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/109/pl_no_030_gp_2020.pdf</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/110/pl_no_031_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/110/pl_no_031_gp_2020.pdf</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/111/pl_no_032_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/111/pl_no_032_gp_2020.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”. Aquisição de Termômetro Infravermelho</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/108/pl_no_033_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/108/pl_no_033_gp_2020.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”. Construção de Ponte de concreto Linha 34</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/105/pl_no_034_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/105/pl_no_034_gp_2020.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”. Construção de Passarela Coberta</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/107/pl_no_035_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/107/pl_no_035_gp_2020.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”. Construção de Estacionamento</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/112/pl_no_036_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/112/pl_no_036_gp_2020.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”. Revitalização de Pavimentação Asfáltica trecho A</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/113/pl_no_037_gp_2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/113/pl_no_037_gp_2020.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”. Aquisição de Tubos Metálicos</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/119/pl_no_038_gp_2020_-.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/119/pl_no_038_gp_2020_-.pdf</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/120/pl_no_039_gp_2020_-.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/120/pl_no_039_gp_2020_-.pdf</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/118/projeto_lei_ordinaria_-__subsidio_prefeito_e_vice.doc</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/118/projeto_lei_ordinaria_-__subsidio_prefeito_e_vice.doc</t>
   </si>
   <si>
     <t>MINUTA AO Projeto de Lei Ordinária que fixa subsídios do Prefeito (a), Vice-Prefeito (a) e Secretários para a Sétima Legislatura que compreende o quadriênio 2021 - 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/117/projeto_de_lei_ordinaria_2020_-__subsidio_vereadores.doc</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/117/projeto_de_lei_ordinaria_2020_-__subsidio_vereadores.doc</t>
   </si>
   <si>
     <t>MINUTA do Projeto de Lei no qual fixa os subsídios dos vereadores e Presidente da Câmara para Sétima Legislatura no quadriênio 2021 - 2024, para análise e respectivo parecer!</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/126/pl_no_042_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_66.11834.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/126/pl_no_042_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_66.11834.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/125/pl_no_043_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_309.43434.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/125/pl_no_043_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_309.43434.pdf</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/127/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/127/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_ass.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 840/2017 (PPA EXERCÍCIO 2018/2021), A LEI Nº 927/2019 (LDO EXERCÍCIO DE 2020), E ABRE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO CONFORME ART. 43 § 1º ITEM II DA LEI 4.320/64, NA LEI Nº 929/2019 (LEI ORÇAMENTÁRIA ANUAL PARA 2020) E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/129/pl_no_045_gp_2020_-_loa_2021_r_17.867.22541_com_anexo_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/129/pl_no_045_gp_2020_-_loa_2021_r_17.867.22541_com_anexo_ass.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO – PROGRAMA DA PREFEITURA DO MUNICÍPIO DE PRIMAVERA DE RONDÔNIA PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_001_conselho_de_esporte.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_001_conselho_de_esporte.docx</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito, para que junto ao setor responsável, envie para essa Casa de Leis, Projeto de Lei, criando o Conselho Municipal de Esportes.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_002.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_002.docx</t>
   </si>
   <si>
     <t>Requer à Mesa na forma regimental, que seja enviado ofício ao Chefe do Poder Executivo Municipal, com cópia do presente, solicitando as seguintes informações:_x000D_
 - se há previsão da realização de troca de lâmpadas nos mais variados locais da cidade, onde as lâmpadas encontram-se queimadas ou danificadas.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_003.docx</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_003.docx</t>
   </si>
   <si>
     <t>Solicita providencias para que seja prorrogado o prazo do pagamento do IPTU”.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_01-2020_-_vereadora_cirlene_-_solicitacao_levantamento_ref._contribuicoes_previdenciarias_municipio.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_01-2020_-_vereadora_cirlene_-_solicitacao_levantamento_ref._contribuicoes_previdenciarias_municipio.pdf</t>
   </si>
   <si>
     <t>Realizar um levantamento referente as Contribuições Previdenciárias dos últimos 60 (Sessenta) meses, e havendo perda das referidas contribuições, que seja feito a petição judicial</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Fabio Professor, Cirlene Terezinha</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento.pdf</t>
   </si>
   <si>
     <t>Adquirir Uma Tenda para atender o Tributo, Auxiliando para que os contribuintes fique acomodado na sombra até aguardar a sua vez de atendimento, sem que os mesmos sofra com o Calor e até se caso for estiver chuvas.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Prefeitura Municipal - PF</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/103/veto_autografo_no_1108.cmpr.2020_plo_017.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/103/veto_autografo_no_1108.cmpr.2020_plo_017.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL DO ANEXO ÚNICO DO AUTÓGRAFO Nº 1108/CMPR/2020, suprimindo especificamente a categoria ACS agente Comunitário de Saúde ao recebimento da gratificação que foi inserida através de proposta de Emenda Aditiva da Comissões de Redação e Justiça e Finanças e Orçamento.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>ALT</t>
   </si>
   <si>
     <t>Alteração</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/87/pl_no_017_gp_2020_-_projeto_de_lei_gratificacao_saude_reenvio.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/87/pl_no_017_gp_2020_-_projeto_de_lei_gratificacao_saude_reenvio.pdf</t>
   </si>
   <si>
     <t>"INSTITUI GRATIFICAÇÃO EXTRAORDINÁRIA AOS SERVIDORES DA SAÚDE DURANTE A VIGÊNCIA DA CALAMIDADE DE SAÚDE PÚBLICA DECORRENTE DO CORONAVÍRUS (COVID-19), E DÁ OUTRAS DISPOSIÇÕES." ( REENVIO)</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_lei_no_040.cmpr.2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_lei_no_040.cmpr.2020.pdf</t>
   </si>
   <si>
     <t>A Comissão Permanente de finanças e orçamento, em Reunião ORDINÁRIA, realizada no dia 16 de setembro de 2020, às dez horas e treze minutos, no Plenário Ângelo Miguel Ferreira, analisaram e fixaram os valores referentes aos subsídios do (a) Prefeito (a) e Vice-Prefeito (a), Secretários Municipais e Vereadores, para a 7ª Sétima Legislatura, no qual compreende a gestão 2021-2024, através dos Projetos de Leis nº 040/CMPR/2020 e 041/CMPR/2020.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_lei_no_041.cmpr.2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_lei_no_041.cmpr.2020.pdf</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/128/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_alterado_recaminhado_ass.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/128/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_alterado_recaminhado_ass.pdf</t>
   </si>
   <si>
     <t>ALTERA ONDE SE-LÊ_x000D_
 O art. 43 - confere o devido supedâneo legal para a abertura de créditos adicionais suplementares e especial com recursos provenientes do excesso de arrecadação verificado na fonte de recursos vinculados a saúde, observados entre a receita estimada e a realizada, levando em considerando ainda a tendência do exercício._x000D_
 _x000D_
 PASSA-SE A LER_x000D_
 O art. 43 - confere o devido supedâneo legal para a abertura de créditos adicionais suplementares e especial com recursos provenientes do excesso de arrecadação verificado na fonte de recursos vinculados a educação, observados entre a receita estimada e a realizada, levando em considerando ainda a tendência do exercício.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Processo Legislativo</t>
   </si>
   <si>
     <t>Secretaria Legislativa - SLEG</t>
   </si>
   <si>
-    <t>https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/124/processo_no_023.2020.pdf</t>
+    <t>http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/124/processo_no_023.2020.pdf</t>
   </si>
   <si>
     <t>Acórdão APL-TC 00367/19 e Parecer Prévio PPL-TC 00061/19, processo-e n.01009/19, que versa sobre a prestação de contas do Município de Primavera de Rondônia, referente exercício de 2018, da Prefeitura Municipal de Primavera de Rondônia – RO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1157,68 +1157,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/94/proposta_de_emenda_aditiva_plo_no_017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no000.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_01-2020_vereadora_cirlene_-_levantamento_de_cartao_debito_e_credito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/98/indicacao_no_004.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/97/indicacao_no_005.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_no006_ivermectina.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/69/decreto_1873_gp_2020_-_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/74/decreto_legislativo_no_064.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_quanto_obrigatoriedade_das_empreas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_complementar_no_001.2020_institui_e_fixa_o_subsidio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/58/pl_no_001_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_152.09445.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/60/pl_no_002_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/59/pl_no_003_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_196.00000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/61/pl_no_004_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_7.13929.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/56/pl_no_005_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_145.83502.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/57/pl_no_006_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_180.43333.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/68/pl_no_007_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_485.76113.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/67/pl_no_008_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_109.60216.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/66/pl_no_009_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_55110.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/65/pl_no_010_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_36322.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/72/pl_no_011_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_250.00000_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/70/pl_no_012_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_59.96019_ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/71/pl_no_013_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_25.00000_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/73/pl_no_014gp_2020_-_criar_lei_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/77/pl_no_015_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_53.80000_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/76/pl_no_016_gp_2020_-_situacao_de_vulnerabilidade_temporaria_situacoes_de_calamidade_ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/79/pl_no_017_gp_2020_-_projeto_de_lei__gratificacao_saude_26.05_ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/84/pl_no_018_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_648.37500.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/85/pl_lei_diretrizes_orcamentaria_-_ldo_2021_ass_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/86/pl_no_020_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_130.00000_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/89/pl_no_021_gp_2020_-_cria_o_cargo_de_gestor_de_unidade_basica_de_saude_ass_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/102/pl_no_022_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_400.00000.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/99/pl_no_023_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/100/pl_no_024_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_1.03646.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/101/pl_no_025_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_51.56139.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/104/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/115/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/106/pl_no_028_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/114/pl_no_029_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/109/pl_no_030_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/110/pl_no_031_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/111/pl_no_032_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/108/pl_no_033_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/105/pl_no_034_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/107/pl_no_035_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/112/pl_no_036_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/113/pl_no_037_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/119/pl_no_038_gp_2020_-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/120/pl_no_039_gp_2020_-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/118/projeto_lei_ordinaria_-__subsidio_prefeito_e_vice.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/117/projeto_de_lei_ordinaria_2020_-__subsidio_vereadores.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/126/pl_no_042_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_66.11834.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/125/pl_no_043_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_309.43434.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/127/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/129/pl_no_045_gp_2020_-_loa_2021_r_17.867.22541_com_anexo_ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_001_conselho_de_esporte.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_002.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_003.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_01-2020_-_vereadora_cirlene_-_solicitacao_levantamento_ref._contribuicoes_previdenciarias_municipio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/103/veto_autografo_no_1108.cmpr.2020_plo_017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/87/pl_no_017_gp_2020_-_projeto_de_lei_gratificacao_saude_reenvio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_lei_no_040.cmpr.2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_lei_no_041.cmpr.2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/128/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_alterado_recaminhado_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/124/processo_no_023.2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/94/proposta_de_emenda_aditiva_plo_no_017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/83/indicacao_no000.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/90/indicacao_01-2020_vereadora_cirlene_-_levantamento_de_cartao_debito_e_credito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/98/indicacao_no_004.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/97/indicacao_no_005.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_no006_ivermectina.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/69/decreto_1873_gp_2020_-_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/74/decreto_legislativo_no_064.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_quanto_obrigatoriedade_das_empreas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_complementar_no_001.2020_institui_e_fixa_o_subsidio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/58/pl_no_001_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_152.09445.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/60/pl_no_002_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/59/pl_no_003_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_196.00000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/61/pl_no_004_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_7.13929.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/56/pl_no_005_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_145.83502.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/57/pl_no_006_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_180.43333.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/68/pl_no_007_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_485.76113.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/67/pl_no_008_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_109.60216.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/66/pl_no_009_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_55110.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/65/pl_no_010_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_36322.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/72/pl_no_011_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_250.00000_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/70/pl_no_012_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_59.96019_ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/71/pl_no_013_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_25.00000_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/73/pl_no_014gp_2020_-_criar_lei_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/77/pl_no_015_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_53.80000_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/76/pl_no_016_gp_2020_-_situacao_de_vulnerabilidade_temporaria_situacoes_de_calamidade_ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/79/pl_no_017_gp_2020_-_projeto_de_lei__gratificacao_saude_26.05_ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/84/pl_no_018_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_648.37500.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/85/pl_lei_diretrizes_orcamentaria_-_ldo_2021_ass_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/86/pl_no_020_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_130.00000_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/89/pl_no_021_gp_2020_-_cria_o_cargo_de_gestor_de_unidade_basica_de_saude_ass_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/102/pl_no_022_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_400.00000.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/99/pl_no_023_gp_2020_-_credito_adicional_especial_por_recursos_vinculados_r_500.00000.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/100/pl_no_024_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_1.03646.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/101/pl_no_025_gp_2020_-_credito_adicional_especial_por_superavit_financeiro_r_51.56139.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/104/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/115/pl_no_027_gp_2020_-_institui_coleta_resido_seco.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/106/pl_no_028_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/114/pl_no_029_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/109/pl_no_030_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/110/pl_no_031_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/111/pl_no_032_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/108/pl_no_033_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/105/pl_no_034_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/107/pl_no_035_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/112/pl_no_036_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/113/pl_no_037_gp_2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/119/pl_no_038_gp_2020_-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/120/pl_no_039_gp_2020_-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/118/projeto_lei_ordinaria_-__subsidio_prefeito_e_vice.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/117/projeto_de_lei_ordinaria_2020_-__subsidio_vereadores.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/126/pl_no_042_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_66.11834.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/125/pl_no_043_gp_2020_-_credito_adicional_suplementar_por_excesso_de_arrecadacao_r_309.43434.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/127/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_ass.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/129/pl_no_045_gp_2020_-_loa_2021_r_17.867.22541_com_anexo_ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_001_conselho_de_esporte.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_002.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_003.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_01-2020_-_vereadora_cirlene_-_solicitacao_levantamento_ref._contribuicoes_previdenciarias_municipio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/103/veto_autografo_no_1108.cmpr.2020_plo_017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/87/pl_no_017_gp_2020_-_projeto_de_lei_gratificacao_saude_reenvio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_lei_no_040.cmpr.2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_lei_no_041.cmpr.2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/128/pl_no_044_gp_2020_-_credito_adicional_especial_por_excesso_de_arrecadacao_r_30.58780_alterado_recaminhado_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.primaveraderondonia.ro.leg.br/media/sapl/public/materialegislativa/2020/124/processo_no_023.2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="191.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="190.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>